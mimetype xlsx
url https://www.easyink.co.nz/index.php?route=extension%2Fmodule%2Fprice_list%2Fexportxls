--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -9,1074 +9,1293 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Product Code:</t>
   </si>
   <si>
-    <t>Brand:</t>
-[...1 lines deleted...]
-  <si>
     <t>Price:</t>
   </si>
   <si>
     <t>Special Price</t>
   </si>
   <si>
+    <t>Date Added</t>
+  </si>
+  <si>
     <t>Qty:</t>
   </si>
   <si>
     <t>HP 206A - W2110A Black Toner Cartridge 1,350 Pages - Genuine</t>
   </si>
   <si>
     <t>W2110A</t>
   </si>
   <si>
-    <t>HP</t>
-[...1 lines deleted...]
-  <si>
     <t>HP 206A - W2111A Cyan Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2111A</t>
   </si>
   <si>
     <t>HP 206A - W2112A Yellow Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2112A</t>
   </si>
   <si>
     <t>HP 206A - W2113A Magenta Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2113A</t>
   </si>
   <si>
-    <t>MT</t>
-[...13 lines deleted...]
-  <si>
     <t> 3M PF215W9B 21.5 Inch 16:9 Monitor Privacy Screen Filter</t>
   </si>
   <si>
-    <t>3M</t>
+    <t> Brother TN449C Cyan Toner Cartridge 9,000 Pages - Compatible</t>
+  </si>
+  <si>
+    <t>AS-TN449C</t>
   </si>
   <si>
     <t> Carpe Diem Weekly Planner Pad Ballerina Pink</t>
   </si>
   <si>
     <t>P9163CD</t>
   </si>
   <si>
-    <t>Carpe Diem</t>
-[...1 lines deleted...]
-  <si>
     <t> Command Wet Area Hook WET17-ES Large White</t>
   </si>
   <si>
-    <t>COMMAND</t>
-[...1 lines deleted...]
-  <si>
     <t> Duracell Coppertop Alkaline C Battery, Bulk Pack of 12</t>
   </si>
   <si>
     <t>D2581626</t>
   </si>
   <si>
-    <t>Duracell</t>
-[...1 lines deleted...]
-  <si>
     <t> HP 12A - Q2612A Toner Cartridge - Compatible</t>
   </si>
   <si>
     <t>AS-12A</t>
   </si>
   <si>
-    <t>ASP</t>
-[...1 lines deleted...]
-  <si>
     <t> Lexmark C746A1MG Magenta Cartridge 7,000 Pages - Genuine</t>
   </si>
   <si>
     <t>C746A1MG</t>
   </si>
   <si>
-    <t>Lexmark</t>
-[...1 lines deleted...]
-  <si>
     <t> Mesh Bag with Carry Handle A3 Oversize 460mm x 350mm</t>
   </si>
   <si>
     <t>MESHCARRYA3OS</t>
   </si>
   <si>
-    <t>Okin</t>
-[...10 lines deleted...]
-  <si>
     <t>0-9 15mm Band</t>
   </si>
   <si>
     <t>T150915</t>
   </si>
   <si>
-    <t>0-9 18mm Band</t>
-[...2 lines deleted...]
-    <t>T150918</t>
+    <t>10 Copysafe Pockets 40 Microns A3 Landscape</t>
+  </si>
+  <si>
+    <t>IF110</t>
+  </si>
+  <si>
+    <t>10 Kraft Manilla File Folders 200gsm A4</t>
+  </si>
+  <si>
+    <t>IF400</t>
+  </si>
+  <si>
+    <t>10 Kraft Manilla File Folders 200gsm Foolscap</t>
+  </si>
+  <si>
+    <t>IF402</t>
+  </si>
+  <si>
+    <t>10 Machine Rolls 68gsm 37 mm x 51.05 metre</t>
+  </si>
+  <si>
+    <t>IMR37X70</t>
+  </si>
+  <si>
+    <t>10 OSC Copysafe Pockets 50 Micron A3</t>
+  </si>
+  <si>
+    <t>SP03</t>
+  </si>
+  <si>
+    <t>10 OSC Copysafe Pockets 50 Micron A3 Landscape</t>
+  </si>
+  <si>
+    <t>SP03L</t>
+  </si>
+  <si>
+    <t>10 Polypropylene Tab Dividers Extra Wide Coloured 230mm x 295mm</t>
+  </si>
+  <si>
+    <t>IF684</t>
+  </si>
+  <si>
+    <t>10 Thermal Rolls 57mm x 47mm x 19m AS</t>
+  </si>
+  <si>
+    <t>ITR57X47</t>
+  </si>
+  <si>
+    <t>10 Thermal Rolls 57mm x 57mm x 27m</t>
+  </si>
+  <si>
+    <t>TR57572710</t>
+  </si>
+  <si>
+    <t>10 Thermal Rolls 59gsm 57mm x  38mm x 10m  ITR57X38P10</t>
+  </si>
+  <si>
+    <t>TR57381110</t>
+  </si>
+  <si>
+    <t>10 Thermal Rolls 59gsm 57mm x 50mm x 17.8m</t>
+  </si>
+  <si>
+    <t>TR57502210</t>
+  </si>
+  <si>
+    <t>10 Thermal Rolls 59gsm 57mm x 75mm x 51.65m</t>
+  </si>
+  <si>
+    <t>ITR57X75</t>
+  </si>
+  <si>
+    <t>10-Pack 3M 9322A+ Respirator Aura Flat Fold Standard White</t>
+  </si>
+  <si>
+    <t>10-Pack 3M Easy Scrub Flat Mop Pad 18 Inch Green</t>
+  </si>
+  <si>
+    <t>10-Pack 3M Easy Scrub Flat Mop Pad 18 Inch Red</t>
+  </si>
+  <si>
+    <t>10-Pack Machine Roll 68gsm 27.23m 57mm x 57mm</t>
+  </si>
+  <si>
+    <t>IMR57X57</t>
+  </si>
+  <si>
+    <t>10-Pack Machine Roll 68gsm 44mm x 75mm</t>
+  </si>
+  <si>
+    <t>IMR44X75</t>
+  </si>
+  <si>
+    <t>10-Pack Post-it Page Markers 670-10AB 13mm x 43mm Assorted</t>
+  </si>
+  <si>
+    <t>10-Pack Thermal Roll BPA Free 57mm x 25mm 65gsm</t>
+  </si>
+  <si>
+    <t>ITR57X25</t>
+  </si>
+  <si>
+    <t>10-Pack Thermal Rolls 10.7m 59gsm 57mm x 40mm AS</t>
+  </si>
+  <si>
+    <t>TR57401310</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 105mm x 148mm - 4 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A44100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 210mm x 148mm - 2 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A42100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 63.5mm x 38.1mm - 21 Per Page</t>
+  </si>
+  <si>
+    <t>ILA421</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 64mm x 33.86mm - 24 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A424100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 70mm x 25.4mm - 33 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A433100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 70mm x 29.7mm - 30 Per Page</t>
+  </si>
+  <si>
+    <t>ILA430</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 99.1mm x 34mm - 16 Per Page</t>
+  </si>
+  <si>
+    <t>ILA416</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 99.1mm x 38.1 - 14 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A414100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Label Sheets 99.1mm x 67.7mm - 8 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A48100</t>
+  </si>
+  <si>
+    <t>100 A4 Adhesive Sheet Labels 38.1mm x 21.2mm 65 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A465100</t>
+  </si>
+  <si>
+    <t>100 Adhesive Label Sheets 210mm x 294mm A4 1 Per Page</t>
+  </si>
+  <si>
+    <t>AS-A41100</t>
+  </si>
+  <si>
+    <t>100 Copysafe Pockets 40 Micron A4</t>
+  </si>
+  <si>
+    <t>IF100</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches A4 Gloss 100 micron - 100 pack</t>
+  </si>
+  <si>
+    <t>F5351111</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches A4 Gloss 125 micron - 100 pack</t>
+  </si>
+  <si>
+    <t>F5307407</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches A4 Gloss 175 micron - 100 pack</t>
+  </si>
+  <si>
+    <t>F5308703</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F49"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
-    <col min="3" max="3" width="19" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="14" customWidth="1"/>
+    <col min="3" max="3" width="8" customWidth="1"/>
+    <col min="4" max="4" width="14" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
     <col min="6" max="6" width="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
-      <c r="C2" t="s">
-        <v>8</v>
+      <c r="C2" s="2">
+        <v>164.13</v>
       </c>
       <c r="D2" s="2">
-        <v>164.13</v>
-[...1 lines deleted...]
-      <c r="E2" s="2">
         <v>155.47</v>
       </c>
+      <c r="E2" s="3">
+        <v>43872</v>
+      </c>
       <c r="F2">
-        <v>53</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>9</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="C3" s="2">
+        <v>191.30</v>
       </c>
       <c r="D3" s="2">
-        <v>191.30</v>
-[...1 lines deleted...]
-      <c r="E3" s="2">
         <v>181.00</v>
       </c>
+      <c r="E3" s="3">
+        <v>43872</v>
+      </c>
       <c r="F3">
-        <v>37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="C4" s="2">
+        <v>191.30</v>
       </c>
       <c r="D4" s="2">
-        <v>191.30</v>
-[...1 lines deleted...]
-      <c r="E4" s="2">
         <v>181.00</v>
+      </c>
+      <c r="E4" s="3">
+        <v>43872</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" s="2">
+        <v>191.30</v>
+      </c>
+      <c r="D5" s="2">
+        <v>181.00</v>
+      </c>
+      <c r="E5" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>14</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5">
+      <c r="B6">
+        <v>10064</v>
+      </c>
+      <c r="C6" s="2">
+        <v>240.96</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" s="3">
+        <v>45612</v>
+      </c>
+      <c r="F6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="2">
+        <v>80.50</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" s="3">
+        <v>45876</v>
+      </c>
+      <c r="F7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="2">
+        <v>12.79</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" s="3">
+        <v>45692</v>
+      </c>
+      <c r="F8">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9">
+        <v>11178</v>
+      </c>
+      <c r="C9" s="2">
+        <v>10.07</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" s="3">
+        <v>45678</v>
+      </c>
+      <c r="F9">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="2">
+        <v>46.94</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" s="3">
+        <v>45988</v>
+      </c>
+      <c r="F10">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="2">
+        <v>19.55</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" s="3">
+        <v>45876</v>
+      </c>
+      <c r="F11">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="2">
+        <v>416.84</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" s="3">
+        <v>45518</v>
+      </c>
+      <c r="F12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="2">
+        <v>9.27</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" s="3">
+        <v>45733</v>
+      </c>
+      <c r="F13">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C14" s="2">
+        <v>17.33</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14" s="3">
+        <v>45995</v>
+      </c>
+      <c r="F14">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="2">
+        <v>4.63</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F15">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>33</v>
+      </c>
+      <c r="C16" s="2">
+        <v>4.23</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F16">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" s="2">
+        <v>4.23</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F17">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="2">
+        <v>13.97</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" s="3">
+        <v>45104</v>
+      </c>
+      <c r="F18">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="2">
+        <v>4.28</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F19">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="2">
+        <v>4.28</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F20">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="2">
+        <v>3.94</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F21">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="2">
+        <v>11.20</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F22">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" s="2">
+        <v>15.65</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F23">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="2">
+        <v>7.62</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F24">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="2">
+        <v>10.99</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" s="3">
+        <v>43872</v>
+      </c>
+      <c r="F25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" t="s">
         <v>53</v>
       </c>
-    </row>
-[...331 lines deleted...]
-      <c r="E26"/>
+      <c r="C26" s="2">
+        <v>24.86</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" s="3">
+        <v>43872</v>
+      </c>
       <c r="F26">
-        <v>0</v>
+        <v>151</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27"/>
+      <c r="A27" t="s">
+        <v>54</v>
+      </c>
       <c r="B27">
-        <v>1002454</v>
-[...7 lines deleted...]
-      <c r="E27"/>
+        <v>10081</v>
+      </c>
+      <c r="C27" s="2">
+        <v>65.58</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" s="3">
+        <v>43872</v>
+      </c>
       <c r="F27">
-        <v>0</v>
+        <v>234</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28"/>
+      <c r="A28" t="s">
+        <v>55</v>
+      </c>
       <c r="B28">
-        <v>1002349</v>
-[...7 lines deleted...]
-      <c r="E28"/>
+        <v>11080</v>
+      </c>
+      <c r="C28" s="2">
+        <v>305.15</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" s="3">
+        <v>45861</v>
+      </c>
       <c r="F28">
-        <v>109</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29"/>
+      <c r="A29" t="s">
+        <v>56</v>
+      </c>
       <c r="B29">
-        <v>1002684</v>
-[...7 lines deleted...]
-      <c r="E29"/>
+        <v>11082</v>
+      </c>
+      <c r="C29" s="2">
+        <v>305.15</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" s="3">
+        <v>45861</v>
+      </c>
       <c r="F29">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30"/>
-[...9 lines deleted...]
-      <c r="E30"/>
+      <c r="A30" t="s">
+        <v>57</v>
+      </c>
+      <c r="B30" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" s="2">
+        <v>9.30</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" s="3">
+        <v>43872</v>
+      </c>
       <c r="F30">
-        <v>115</v>
+        <v>363</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31"/>
-[...9 lines deleted...]
-      <c r="E31"/>
+      <c r="A31" t="s">
+        <v>59</v>
+      </c>
+      <c r="B31" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" s="2">
+        <v>15.53</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" s="3">
+        <v>43872</v>
+      </c>
       <c r="F31">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32"/>
+      <c r="A32" t="s">
+        <v>61</v>
+      </c>
       <c r="B32">
-        <v>1002460</v>
-[...7 lines deleted...]
-      <c r="E32"/>
+        <v>10494</v>
+      </c>
+      <c r="C32" s="2">
+        <v>7.54</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" s="3">
+        <v>45128</v>
+      </c>
       <c r="F32">
         <v>0</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33"/>
-[...9 lines deleted...]
-      <c r="E33"/>
+      <c r="A33" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" t="s">
+        <v>63</v>
+      </c>
+      <c r="C33" s="2">
+        <v>8.06</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" s="3">
+        <v>45687</v>
+      </c>
       <c r="F33">
-        <v>24</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34"/>
-[...9 lines deleted...]
-      <c r="E34"/>
+      <c r="A34" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" t="s">
+        <v>65</v>
+      </c>
+      <c r="C34" s="2">
+        <v>8.30</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" s="3">
+        <v>43872</v>
+      </c>
       <c r="F34">
-        <v>22</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35"/>
-[...9 lines deleted...]
-      <c r="E35"/>
+      <c r="A35" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" s="3">
+        <v>43872</v>
+      </c>
       <c r="F35">
-        <v>118</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36"/>
-[...9 lines deleted...]
-      <c r="E36"/>
+      <c r="A36" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" s="3">
+        <v>43872</v>
+      </c>
       <c r="F36">
-        <v>48</v>
+        <v>63</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37"/>
-[...9 lines deleted...]
-      <c r="E37"/>
+      <c r="A37" t="s">
+        <v>70</v>
+      </c>
+      <c r="B37" t="s">
+        <v>71</v>
+      </c>
+      <c r="C37" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" s="3">
+        <v>43872</v>
+      </c>
       <c r="F37">
-        <v>0</v>
+        <v>83</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38"/>
-[...9 lines deleted...]
-      <c r="E38"/>
+      <c r="A38" t="s">
+        <v>72</v>
+      </c>
+      <c r="B38" t="s">
+        <v>73</v>
+      </c>
+      <c r="C38" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" s="3">
+        <v>43872</v>
+      </c>
       <c r="F38">
-        <v>111</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39"/>
-[...9 lines deleted...]
-      <c r="E39"/>
+      <c r="A39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
+        <v>75</v>
+      </c>
+      <c r="C39" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" s="3">
+        <v>43872</v>
+      </c>
       <c r="F39">
-        <v>0</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>20</v>
-[...10 lines deleted...]
-      <c r="E40"/>
+        <v>76</v>
+      </c>
+      <c r="B40" t="s">
+        <v>77</v>
+      </c>
+      <c r="C40" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" s="3">
+        <v>43872</v>
+      </c>
       <c r="F40">
-        <v>1</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="B41" t="s">
-        <v>23</v>
-[...7 lines deleted...]
-      <c r="E41"/>
+        <v>79</v>
+      </c>
+      <c r="C41" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" s="3">
+        <v>43872</v>
+      </c>
       <c r="F41">
-        <v>121</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>25</v>
-[...10 lines deleted...]
-      <c r="E42"/>
+        <v>80</v>
+      </c>
+      <c r="B42" t="s">
+        <v>81</v>
+      </c>
+      <c r="C42" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" s="3">
+        <v>43872</v>
+      </c>
       <c r="F42">
-        <v>488</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="B43" t="s">
-        <v>28</v>
-[...7 lines deleted...]
-      <c r="E43"/>
+        <v>83</v>
+      </c>
+      <c r="C43" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" s="3">
+        <v>43872</v>
+      </c>
       <c r="F43">
-        <v>115</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="B44" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-      <c r="E44"/>
+        <v>85</v>
+      </c>
+      <c r="C44" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" s="3">
+        <v>43872</v>
+      </c>
       <c r="F44">
-        <v>7</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="B45" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      <c r="E45"/>
+        <v>87</v>
+      </c>
+      <c r="C45" s="2">
+        <v>29.39</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" s="3">
+        <v>45098</v>
+      </c>
       <c r="F45">
-        <v>1</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="B46" t="s">
-        <v>37</v>
-[...7 lines deleted...]
-      <c r="E46"/>
+        <v>89</v>
+      </c>
+      <c r="C46" s="2">
+        <v>7.96</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" s="3">
+        <v>43872</v>
+      </c>
       <c r="F46">
-        <v>1617</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="B47" t="s">
-        <v>40</v>
-[...7 lines deleted...]
-      <c r="E47"/>
+        <v>91</v>
+      </c>
+      <c r="C47" s="2">
+        <v>48.38</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" s="3">
+        <v>43872</v>
+      </c>
       <c r="F47">
-        <v>109</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="B48" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-      <c r="E48"/>
+        <v>93</v>
+      </c>
+      <c r="C48" s="2">
+        <v>54.12</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48" s="3">
+        <v>43872</v>
+      </c>
       <c r="F48">
-        <v>93</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="B49" t="s">
-        <v>45</v>
-[...7 lines deleted...]
-      <c r="E49"/>
+        <v>95</v>
+      </c>
+      <c r="C49" s="2">
+        <v>71.71</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" s="3">
+        <v>43872</v>
+      </c>
       <c r="F49">
-        <v>111</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>