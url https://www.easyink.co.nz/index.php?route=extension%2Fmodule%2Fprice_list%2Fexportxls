--- v1 (2026-02-13)
+++ v2 (2026-03-30)
@@ -9,142 +9,121 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Product Code:</t>
   </si>
   <si>
     <t>Price:</t>
   </si>
   <si>
     <t>Special Price</t>
   </si>
   <si>
     <t>Date Added</t>
   </si>
   <si>
     <t>Qty:</t>
   </si>
   <si>
     <t>HP 206A - W2110A Black Toner Cartridge 1,350 Pages - Genuine</t>
   </si>
   <si>
     <t>W2110A</t>
   </si>
   <si>
     <t>HP 206A - W2111A Cyan Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2111A</t>
   </si>
   <si>
     <t>HP 206A - W2112A Yellow Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2112A</t>
   </si>
   <si>
     <t>HP 206A - W2113A Magenta Toner Cartridge 1,250 Pages - Genuine</t>
   </si>
   <si>
     <t>W2113A</t>
   </si>
   <si>
-    <t> 3M PF215W9B 21.5 Inch 16:9 Monitor Privacy Screen Filter</t>
-[...1 lines deleted...]
-  <si>
     <t> Brother TN449C Cyan Toner Cartridge 9,000 Pages - Compatible</t>
   </si>
   <si>
     <t>AS-TN449C</t>
   </si>
   <si>
     <t> Carpe Diem Weekly Planner Pad Ballerina Pink</t>
   </si>
   <si>
     <t>P9163CD</t>
   </si>
   <si>
     <t> Command Wet Area Hook WET17-ES Large White</t>
   </si>
   <si>
     <t> Duracell Coppertop Alkaline C Battery, Bulk Pack of 12</t>
   </si>
   <si>
     <t>D2581626</t>
   </si>
   <si>
-    <t> HP 12A - Q2612A Toner Cartridge - Compatible</t>
-[...4 lines deleted...]
-  <si>
     <t> Lexmark C746A1MG Magenta Cartridge 7,000 Pages - Genuine</t>
   </si>
   <si>
     <t>C746A1MG</t>
   </si>
   <si>
-    <t> Mesh Bag with Carry Handle A3 Oversize 460mm x 350mm</t>
-[...10 lines deleted...]
-  <si>
     <t>10 Copysafe Pockets 40 Microns A3 Landscape</t>
   </si>
   <si>
     <t>IF110</t>
   </si>
   <si>
     <t>10 Kraft Manilla File Folders 200gsm A4</t>
   </si>
   <si>
     <t>IF400</t>
   </si>
   <si>
     <t>10 Kraft Manilla File Folders 200gsm Foolscap</t>
   </si>
   <si>
     <t>IF402</t>
   </si>
   <si>
     <t>10 Machine Rolls 68gsm 37 mm x 51.05 metre</t>
   </si>
   <si>
     <t>IMR37X70</t>
   </si>
   <si>
     <t>10 OSC Copysafe Pockets 50 Micron A3</t>
@@ -297,50 +276,74 @@
     <t>AS-A41100</t>
   </si>
   <si>
     <t>100 Copysafe Pockets 40 Micron A4</t>
   </si>
   <si>
     <t>IF100</t>
   </si>
   <si>
     <t>100 Fellowes Laminating Pouches A4 Gloss 100 micron - 100 pack</t>
   </si>
   <si>
     <t>F5351111</t>
   </si>
   <si>
     <t>100 Fellowes Laminating Pouches A4 Gloss 125 micron - 100 pack</t>
   </si>
   <si>
     <t>F5307407</t>
   </si>
   <si>
     <t>100 Fellowes Laminating Pouches A4 Gloss 175 micron - 100 pack</t>
   </si>
   <si>
     <t>F5308703</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches Gloss 100 micron A3</t>
+  </si>
+  <si>
+    <t>F5351205</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches Gloss 125 micron 54mm x 86mm</t>
+  </si>
+  <si>
+    <t>F5306302</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches Gloss 125 micron A3</t>
+  </si>
+  <si>
+    <t>F5307506</t>
+  </si>
+  <si>
+    <t>100 Fellowes Laminating Pouches Gloss 80 micron A3</t>
+  </si>
+  <si>
+    <t>F5306207</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -396,906 +399,904 @@
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2">
         <v>164.13</v>
       </c>
-      <c r="D2" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
       <c r="E2" s="3">
         <v>43872</v>
       </c>
       <c r="F2">
-        <v>123</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
         <v>191.30</v>
       </c>
       <c r="D3" s="2">
         <v>181.00</v>
       </c>
       <c r="E3" s="3">
         <v>43872</v>
       </c>
       <c r="F3">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="2">
         <v>191.30</v>
       </c>
       <c r="D4" s="2">
         <v>181.00</v>
       </c>
       <c r="E4" s="3">
         <v>43872</v>
       </c>
       <c r="F4">
-        <v>53</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
         <v>191.30</v>
       </c>
       <c r="D5" s="2">
         <v>181.00</v>
       </c>
       <c r="E5" s="3">
         <v>43872</v>
       </c>
       <c r="F5">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>14</v>
       </c>
-      <c r="B6">
-        <v>10064</v>
+      <c r="B6" t="s">
+        <v>15</v>
       </c>
       <c r="C6" s="2">
-        <v>240.96</v>
+        <v>83.95</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="3">
-        <v>45612</v>
+        <v>45876</v>
       </c>
       <c r="F6">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" s="2">
-        <v>80.50</v>
+        <v>12.79</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="3">
-        <v>45876</v>
+        <v>45692</v>
       </c>
       <c r="F7">
-        <v>3</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B8" t="s">
         <v>18</v>
       </c>
+      <c r="B8">
+        <v>11178</v>
+      </c>
       <c r="C8" s="2">
-        <v>12.79</v>
+        <v>10.38</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="3">
-        <v>45692</v>
+        <v>45678</v>
       </c>
       <c r="F8">
-        <v>83</v>
+        <v>468</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>19</v>
       </c>
-      <c r="B9">
-        <v>11178</v>
+      <c r="B9" t="s">
+        <v>20</v>
       </c>
       <c r="C9" s="2">
-        <v>10.07</v>
+        <v>46.94</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="3">
-        <v>45678</v>
+        <v>45988</v>
       </c>
       <c r="F9">
-        <v>480</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C10" s="2">
-        <v>46.94</v>
+        <v>416.84</v>
       </c>
       <c r="D10"/>
       <c r="E10" s="3">
-        <v>45988</v>
+        <v>45518</v>
       </c>
       <c r="F10">
-        <v>101</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C11" s="2">
-        <v>19.55</v>
+        <v>4.63</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="3">
-        <v>45876</v>
+        <v>43872</v>
       </c>
       <c r="F11">
-        <v>28</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C12" s="2">
-        <v>416.84</v>
+        <v>4.23</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="3">
-        <v>45518</v>
+        <v>43872</v>
       </c>
       <c r="F12">
-        <v>1</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13" s="2">
-        <v>9.27</v>
+        <v>4.23</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="3">
-        <v>45733</v>
+        <v>43872</v>
       </c>
       <c r="F13">
-        <v>1590</v>
+        <v>553</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C14" s="2">
-        <v>17.33</v>
+        <v>13.97</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="3">
-        <v>45995</v>
+        <v>45104</v>
       </c>
       <c r="F14">
-        <v>93</v>
+        <v>184</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="2">
-        <v>4.63</v>
+        <v>4.28</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="3">
         <v>43872</v>
       </c>
       <c r="F15">
-        <v>1510</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C16" s="2">
-        <v>4.23</v>
+        <v>4.28</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="3">
         <v>43872</v>
       </c>
       <c r="F16">
-        <v>1718</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="2">
-        <v>4.23</v>
+        <v>3.94</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="3">
         <v>43872</v>
       </c>
       <c r="F17">
-        <v>636</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C18" s="2">
-        <v>13.97</v>
+        <v>11.20</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="3">
-        <v>45104</v>
+        <v>43872</v>
       </c>
       <c r="F18">
-        <v>185</v>
+        <v>771</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" s="2">
-        <v>4.28</v>
+        <v>11.78</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="3">
         <v>43872</v>
       </c>
       <c r="F19">
-        <v>1049</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C20" s="2">
-        <v>4.28</v>
+        <v>6.66</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="3">
         <v>43872</v>
       </c>
       <c r="F20">
-        <v>52</v>
+        <v>307</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C21" s="2">
-        <v>3.94</v>
+        <v>8.49</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="3">
         <v>43872</v>
       </c>
       <c r="F21">
-        <v>2865</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C22" s="2">
-        <v>11.20</v>
+        <v>24.86</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="3">
         <v>43872</v>
       </c>
       <c r="F22">
-        <v>880</v>
+        <v>115</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B23" t="s">
         <v>47</v>
       </c>
+      <c r="B23">
+        <v>10081</v>
+      </c>
       <c r="C23" s="2">
-        <v>15.65</v>
+        <v>65.58</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="3">
         <v>43872</v>
       </c>
       <c r="F23">
-        <v>10</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>48</v>
       </c>
-      <c r="B24" t="s">
-        <v>49</v>
+      <c r="B24">
+        <v>11080</v>
       </c>
       <c r="C24" s="2">
-        <v>7.62</v>
+        <v>305.15</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="3">
-        <v>43872</v>
+        <v>45861</v>
       </c>
       <c r="F24">
-        <v>483</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>49</v>
+      </c>
+      <c r="B25">
+        <v>11082</v>
       </c>
       <c r="C25" s="2">
-        <v>10.99</v>
+        <v>305.15</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="3">
-        <v>43872</v>
+        <v>45861</v>
       </c>
       <c r="F25">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C26" s="2">
-        <v>24.86</v>
+        <v>9.30</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="3">
         <v>43872</v>
       </c>
       <c r="F26">
-        <v>151</v>
+        <v>319</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>10081</v>
+        <v>52</v>
+      </c>
+      <c r="B27" t="s">
+        <v>53</v>
       </c>
       <c r="C27" s="2">
-        <v>65.58</v>
+        <v>15.53</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="3">
         <v>43872</v>
       </c>
       <c r="F27">
-        <v>234</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B28">
-        <v>11080</v>
+        <v>10494</v>
       </c>
       <c r="C28" s="2">
-        <v>305.15</v>
+        <v>7.77</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="3">
-        <v>45861</v>
+        <v>45128</v>
       </c>
       <c r="F28">
-        <v>23</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
         <v>56</v>
       </c>
-      <c r="B29">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="2">
-        <v>305.15</v>
+        <v>8.06</v>
       </c>
       <c r="D29"/>
       <c r="E29" s="3">
-        <v>45861</v>
+        <v>45687</v>
       </c>
       <c r="F29">
-        <v>20</v>
+        <v>248</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="2">
-        <v>9.30</v>
+        <v>6.89</v>
       </c>
       <c r="D30"/>
       <c r="E30" s="3">
         <v>43872</v>
       </c>
       <c r="F30">
-        <v>363</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="2">
-        <v>15.53</v>
+        <v>27.76</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="3">
         <v>43872</v>
       </c>
       <c r="F31">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>61</v>
       </c>
-      <c r="B32">
-        <v>10494</v>
+      <c r="B32" t="s">
+        <v>62</v>
       </c>
       <c r="C32" s="2">
-        <v>7.54</v>
+        <v>27.76</v>
       </c>
       <c r="D32"/>
       <c r="E32" s="3">
-        <v>45128</v>
+        <v>43872</v>
       </c>
       <c r="F32">
-        <v>0</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C33" s="2">
-        <v>8.06</v>
+        <v>29.39</v>
       </c>
       <c r="D33"/>
       <c r="E33" s="3">
-        <v>45687</v>
+        <v>43872</v>
       </c>
       <c r="F33">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B34" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C34" s="2">
-        <v>8.30</v>
+        <v>27.76</v>
       </c>
       <c r="D34"/>
       <c r="E34" s="3">
         <v>43872</v>
       </c>
       <c r="F34">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B35" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C35" s="2">
-        <v>29.39</v>
+        <v>27.76</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="3">
         <v>43872</v>
       </c>
       <c r="F35">
-        <v>61</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C36" s="2">
         <v>29.39</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="3">
         <v>43872</v>
       </c>
       <c r="F36">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B37" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C37" s="2">
         <v>29.39</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="3">
         <v>43872</v>
       </c>
       <c r="F37">
-        <v>83</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C38" s="2">
-        <v>29.39</v>
+        <v>27.76</v>
       </c>
       <c r="D38"/>
       <c r="E38" s="3">
         <v>43872</v>
       </c>
       <c r="F38">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B39" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C39" s="2">
-        <v>29.39</v>
+        <v>27.76</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="3">
         <v>43872</v>
       </c>
       <c r="F39">
-        <v>39</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B40" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C40" s="2">
-        <v>29.39</v>
+        <v>27.76</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="3">
         <v>43872</v>
       </c>
       <c r="F40">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C41" s="2">
-        <v>29.39</v>
+        <v>27.76</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="3">
-        <v>43872</v>
+        <v>45098</v>
       </c>
       <c r="F41">
-        <v>72</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B42" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C42" s="2">
-        <v>29.39</v>
+        <v>7.96</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="3">
         <v>43872</v>
       </c>
       <c r="F42">
-        <v>42</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C43" s="2">
-        <v>29.39</v>
+        <v>48.38</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="3">
         <v>43872</v>
       </c>
       <c r="F43">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C44" s="2">
-        <v>29.39</v>
+        <v>54.12</v>
       </c>
       <c r="D44"/>
       <c r="E44" s="3">
         <v>43872</v>
       </c>
       <c r="F44">
-        <v>70</v>
+        <v>61</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B45" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C45" s="2">
-        <v>29.39</v>
+        <v>71.71</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="3">
-        <v>45098</v>
+        <v>43872</v>
       </c>
       <c r="F45">
-        <v>59</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B46" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C46" s="2">
-        <v>7.96</v>
+        <v>94.38</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="3">
         <v>43872</v>
       </c>
       <c r="F46">
-        <v>3400</v>
+        <v>38</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B47" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C47" s="2">
-        <v>48.38</v>
+        <v>6.08</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="3">
         <v>43872</v>
       </c>
       <c r="F47">
-        <v>30</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B48" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C48" s="2">
-        <v>54.12</v>
+        <v>122.37</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="3">
         <v>43872</v>
       </c>
       <c r="F48">
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B49" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C49" s="2">
-        <v>71.71</v>
+        <v>71.85</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="3">
         <v>43872</v>
       </c>
       <c r="F49">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>